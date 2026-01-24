--- v0 (2025-10-08)
+++ v1 (2026-01-24)
@@ -1,2029 +1,2643 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w14:paraId="0830A69A" w14:textId="2A155F94" w:rsidR="00767686" w:rsidRPr="00E0621C" w:rsidRDefault="00884108" w:rsidP="00BE1A7B">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00767686">
+    <w:p w14:paraId="2E60CCBE" w14:textId="2856D6BA" w:rsidR="00B759EC" w:rsidRDefault="006646EB" w:rsidP="00C32168">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:lang w:val="id-ID" w:eastAsia="id-ID"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71ECF263" wp14:editId="694F8104">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B695CA9" wp14:editId="799A1CFC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>5767070</wp:posOffset>
+                  <wp:posOffset>5281295</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-1232535</wp:posOffset>
+                  <wp:posOffset>-196850</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1218565" cy="390525"/>
-                <wp:effectExtent l="10160" t="12700" r="9525" b="6350"/>
+                <wp:extent cx="1428750" cy="390525"/>
+                <wp:effectExtent l="10160" t="9525" r="8890" b="9525"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1396768701" name="Rectangle 13"/>
+                <wp:docPr id="1415506499" name="Rectangle 47"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1218565" cy="390525"/>
+                          <a:ext cx="1428750" cy="390525"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="62BFA507" w14:textId="77777777" w:rsidR="0096720D" w:rsidRPr="000E4102" w:rsidRDefault="0096720D">
+                          <w:p w14:paraId="2439E54E" w14:textId="77777777" w:rsidR="00F67CCC" w:rsidRPr="000E4102" w:rsidRDefault="00F67CCC" w:rsidP="00F67CCC">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="44"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="000E4102">
                               <w:rPr>
                                 <w:sz w:val="44"/>
                               </w:rPr>
-                              <w:t>FORM 1</w:t>
+                              <w:t xml:space="preserve">FORM </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="44"/>
+                              </w:rPr>
+                              <w:t>18</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="71ECF263" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:454.1pt;margin-top:-97.05pt;width:95.95pt;height:30.75pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4WkMkDQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlXdqo6WrVpQhp&#10;uUgLH+A6TmLheMzYbVK+nrHb7VaAeEDkwZrJjM+cOTNe3Y69YQeFXoOteDHJOVNWQq1tW/GvX7av&#10;Fpz5IGwtDFhV8aPy/Hb98sVqcKWaQgemVsgIxPpycBXvQnBllnnZqV74CThlKdgA9iKQi21WoxgI&#10;vTfZNM9vsgGwdghSeU9/709Bvk74TaNk+NQ0XgVmKk7cQjoxnbt4ZuuVKFsUrtPyTEP8A4teaEtF&#10;L1D3Igi2R/0bVK8lgocmTCT0GTSNlir1QN0U+S/dPHbCqdQLiePdRSb//2Dlx8Oj+4yRuncPIL95&#10;ZmHTCduqO0QYOiVqKldEobLB+fJyITqerrLd8AFqGq3YB0gajA32EZC6Y2OS+niRWo2BSfpZTIvF&#10;/GbOmaTY62U+n85TCVE+3XbowzsFPYtGxZFGmdDF4cGHyEaUTymJPRhdb7UxycF2tzHIDoLGvk3f&#10;Gd1fpxnLhoovY+2/Q+Tp+xNErwPtr9F9xReXJFFG2d7aOm1XENqcbKJs7FnHKF3cUl+GcTdSYjR3&#10;UB9JUYTTntK7IqMD/MHZQDtacf99L1BxZt5bmsqymM3iUidnNn8zJQevI7vriLCSoCoeODuZm3B6&#10;CHuHuu2oUpFksHBHk2x0EvmZ1Zk37WHS/vxm4qJf+ynr+WWvfwIAAP//AwBQSwMEFAAGAAgAAAAh&#10;ABe6NVjgAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj01Pg0AQhu8m/ofNmHhrd6GmKcjSGE1N&#10;PLb04m2AEVB2lrBLi/56l5Pe5uPJO89k+9n04kKj6yxriNYKBHFl644bDefisNqBcB65xt4yafgm&#10;B/v89ibDtLZXPtLl5BsRQtilqKH1fkildFVLBt3aDsRh92FHgz60YyPrEa8h3PQyVmorDXYcLrQ4&#10;0HNL1ddpMhrKLj7jz7F4VSY5bPzbXHxO7y9a39/NT48gPM3+D4ZFP6hDHpxKO3HtRK8hUbs4oBpW&#10;UfIQgViQSKlQlctsE29B5pn8/0b+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADhaQyQN&#10;AgAAIQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABe6&#10;NVjgAAAADgEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
+              <v:rect w14:anchorId="4B695CA9" id="Rectangle 47" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:415.85pt;margin-top:-15.5pt;width:112.5pt;height:30.75pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMzM+jDQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlZduo6WrVpQhp&#10;uUgLH+A6TmLheMzYbVK+nrHb7VaAeEDkwZrJjM+cOTNe3Y69YQeFXoOteDHJOVNWQq1tW/GvX7av&#10;Fpz5IGwtDFhV8aPy/Hb98sVqcKWaQgemVsgIxPpycBXvQnBllnnZqV74CThlKdgA9iKQi21WoxgI&#10;vTfZNM/fZANg7RCk8p7+3p+CfJ3wm0bJ8KlpvArMVJy4hXRiOnfxzNYrUbYoXKflmYb4Bxa90JaK&#10;XqDuRRBsj/o3qF5LBA9NmEjoM2gaLVXqgbop8l+6eeyEU6kXEse7i0z+/8HKj4dH9xkjde8eQH7z&#10;zMKmE7ZVd4gwdErUVK6IQmWD8+XlQnQ8XWW74QPUNFqxD5A0GBvsIyB1x8Yk9fEitRoDk/SzmE0X&#10;N3OaiKTY62U+n85TCVE+3XbowzsFPYtGxZFGmdDF4cGHyEaUTymJPRhdb7UxycF2tzHIDoLGvk3f&#10;Gd1fpxnLhoovY+2/Q+Tp+xNErwPtr9F9xReXJFFG2d7aOm1XENqcbKJs7FnHKF3cUl+GcTdSYjR3&#10;UB9JUYTTntK7IqMD/MHZQDtacf99L1BxZt5bmsqymM3iUidnNr+ZkoPXkd11RFhJUBUPnJ3MTTg9&#10;hL1D3XZUqUgyWLijSTY6ifzM6syb9jBpf34zcdGv/ZT1/LLXPwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AKsz9aXgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5b0lUbo6s7IdCQ&#10;OG7dhZvbhrajcaom3QpPT3ZiR9uffn9/up1MJ856cK1lhGiuQGgubdVyjXDMd7M1COeJK+osa4Qf&#10;7WCb3d+llFT2wnt9PvhahBB2CSE03veJlK5stCE3t73mcPuygyEfxqGW1UCXEG46uVBqJQ21HD40&#10;1OvXRpffh9EgFO3iSL/7/F2Z513sP6b8NH6+IT4+TC8bEF5P/h+Gq35Qhyw4FXbkyokOYR1HTwFF&#10;mMVRKHUl1HIVVgVCrJYgs1Tedsj+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMzMz6MN&#10;AgAAIQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKsz&#10;9aXgAAAACwEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="62BFA507" w14:textId="77777777" w:rsidR="0096720D" w:rsidRPr="000E4102" w:rsidRDefault="0096720D">
+                    <w:p w14:paraId="2439E54E" w14:textId="77777777" w:rsidR="00F67CCC" w:rsidRPr="000E4102" w:rsidRDefault="00F67CCC" w:rsidP="00F67CCC">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="44"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000E4102">
                         <w:rPr>
                           <w:sz w:val="44"/>
                         </w:rPr>
-                        <w:t>FORM 1</w:t>
+                        <w:t xml:space="preserve">FORM </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="44"/>
+                        </w:rPr>
+                        <w:t>18</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve">SEKOLAH </w:t>
+      </w:r>
+      <w:r w:rsidR="00B759EC">
+        <w:t xml:space="preserve">PASCASARJANA </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4D742588" w14:textId="77777777" w:rsidR="000B5178" w:rsidRPr="00884108" w:rsidRDefault="00B45DD7" w:rsidP="00BE1A7B">
-      <w:pPr>
+    <w:p w14:paraId="529B5563" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>UNIVERSITAS ANDALAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2791EE" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>PADANG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05161E92" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C9F88FA" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>FORMULIR MINAT PENELITIAN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F56B2AA" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>DAN USULAN KOMISI PEMBIMBING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C110769" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44563750" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>NAMA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A94CEAE" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00377850" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>IM</w:t>
+      </w:r>
+      <w:r w:rsidR="00B759EC" w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B759EC">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B759EC" w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C9C226" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>PROGRAM STUDI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2A1CF2" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06A5548C" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>RENCANA TOPIK PENELITIAN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: (Diisi ketiga alternatif)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA9302A" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Alternatif I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A982AA" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00F648C7" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A069191" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00F648C7" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Alternatif II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: _________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790B5165" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00F648C7" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Alternatif III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: _________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423E9B35" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76D5227B" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>USULAN KOMISI PEMBIMBING : (Diisi ketiga alternatif)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6998CDE7" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00F648C7" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Alternatif I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ketua</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="262015A0" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00F648C7" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Anggota</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EA5485" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00F648C7" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Anggota</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B95167" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00F648C7" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Alternatif II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ketua</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: _________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6774A326" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00F648C7" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Anggota</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A3D4A1" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00F648C7" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Anggota</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2820E694" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00F648C7" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Alternatif III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ketua</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: _____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113A7730" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00F648C7" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Anggota</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: _______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFB2CFE" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00F648C7" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Anggota</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: ________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60F9BF1C" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68258B85" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Disetujui</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03665685" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Topik Penelitian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">: Alternatif </w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0811E0B2" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Komisi Pembimbing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: Alternatif</w:t>
+      </w:r>
+      <w:r w:rsidR="00F648C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E5BEDE" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D818F2" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="5103" w:hanging="425"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Padang,_________________,20_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1541F500" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Ketua Program Studi,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Mahasiswa Ybs,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E60C8DC" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02065AD2" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48D6D4EC" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>(___________________________)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(________________________)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B34923" w14:textId="77777777" w:rsidR="008A2939" w:rsidRPr="006646EB" w:rsidRDefault="008A2939" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00884108">
+    </w:p>
+    <w:p w14:paraId="1D09A7AC" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRDefault="008A2939" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t>Hal</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00884108">
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00B759EC" w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>PERMOHONAN PENGESAHAN SUSUNAN ANGGOTA KOMISI PEMBIMBI</w:t>
+      </w:r>
+      <w:r w:rsidR="00B759EC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>NG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167230F4" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35CCAE59" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00F648C7" w:rsidP="005E0885">
+      <w:pPr>
+        <w:ind w:left="5040" w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00B759EC" w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Tanda kesediaan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08495E88" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Tanda tangan            Tanggal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01BC44DA" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EAA1093" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Mohon agar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>:  (1)  ........................................................................  .......................     ...........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4AA5C7" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   (2)  ........................................................................  .......................     ...........................  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C6B3FC" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   (3)  ........................................................................  .......................     ...........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F3AB94" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   (4)  ........................................................................  .......................     ...........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770A2F38" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CC26B1B" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Disahkan sebagai anggota Komisi Pembimbing dari :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2993DD13" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Nama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: .......................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2894FBD1" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nomor </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC502B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>Induk Mahasiswa</w:t>
+      </w:r>
+      <w:r w:rsidR="00377850">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NIM)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: .......................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768D5990" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00BC502B" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC502B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC502B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC502B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>S2 / S3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B1E4F2" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Pendaftaran pertama tahun ajaran</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: ........................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA8E6A9" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program Studi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: ........................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A5DDEC" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="563FA2BD" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Sekian dan terima kasih</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Tanggal, ..............................,20........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62531E1A" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         Pembimbing Utama,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B6A570" w14:textId="77777777" w:rsidR="00BC502B" w:rsidRPr="006646EB" w:rsidRDefault="00BC502B" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EF572EE" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09470BFA" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05A31E6F" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">              (.................................................)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD34D08" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>NIP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E3F1B67" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="260AFCAF" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Disetujui oleh :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8C9D3E" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43791AEE" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:ind w:left="5040"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="180AFA46" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Tanggal, .............................20...............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> Tanggal, .............................20..........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783012CA" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00522A4D">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ketua Program Studi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00522A4D">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Direktur,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674DB489" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B13CE01" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="006646EB" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="2268"/>
+        <w:rPr>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D2B4DC" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00E47E3E" w:rsidRDefault="00B759EC" w:rsidP="00B759EC">
+      <w:pPr>
+        <w:ind w:left="284" w:right="-142" w:firstLine="1843"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006646EB">
+        <w:rPr>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47E3E">
+        <w:t>(................................................................)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47E3E">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E47E3E">
+        <w:t>(................................................................)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B71341C" w14:textId="77777777" w:rsidR="00B759EC" w:rsidRPr="00522A4D" w:rsidRDefault="00B759EC" w:rsidP="00522A4D">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E47E3E">
+        <w:t>NIP.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47E3E">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E47E3E">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E47E3E">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00522A4D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00522A4D">
+        <w:tab/>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47E3E">
+        <w:t>NIP</w:t>
+      </w:r>
+      <w:r w:rsidR="00522A4D">
+        <w:rPr>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E90E5B" w14:textId="77777777" w:rsidR="00F54A72" w:rsidRDefault="00F54A72" w:rsidP="00CC1EF0">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="sv-SE"/>
-[...129 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BD0A619" w14:textId="77777777" w:rsidR="0090249B" w:rsidRPr="00884108" w:rsidRDefault="0090249B" w:rsidP="00322C25">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9904" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4928"/>
+        <w:gridCol w:w="4976"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A020BE" w:rsidRPr="00767686" w14:paraId="447025C7" w14:textId="77777777" w:rsidTr="00F67CCC">
+        <w:trPr>
+          <w:trHeight w:val="1146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4928" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D8A062" w14:textId="77777777" w:rsidR="00A020BE" w:rsidRDefault="00A020BE" w:rsidP="00A020BE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4976" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8DBBF2" w14:textId="77777777" w:rsidR="00A020BE" w:rsidRDefault="00A020BE" w:rsidP="00A020BE"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00841D6B" w:rsidRPr="00767686" w14:paraId="741634E3" w14:textId="77777777" w:rsidTr="00F67CCC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9904" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D662E98" w14:textId="77777777" w:rsidR="00841D6B" w:rsidRPr="00767686" w:rsidRDefault="00841D6B" w:rsidP="00A020BE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="12F7E719" w14:textId="77777777" w:rsidR="001557D8" w:rsidRPr="00961172" w:rsidRDefault="001557D8" w:rsidP="00C32168">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5730"/>
+        </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E81092B" w14:textId="77777777" w:rsidR="00B45DD7" w:rsidRPr="00884108" w:rsidRDefault="00B45DD7" w:rsidP="00322C25">
-[...1218 lines deleted...]
-      <w:pgMar w:top="232" w:right="1134" w:bottom="232" w:left="1134" w:header="113" w:footer="720" w:gutter="0"/>
+    <w:sectPr w:rsidR="001557D8" w:rsidRPr="00961172" w:rsidSect="00F86282">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="24" w:right="1134" w:bottom="284" w:left="1134" w:header="153" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4690ADBC" w14:textId="77777777" w:rsidR="003210D1" w:rsidRDefault="003210D1">
+    <w:p w14:paraId="7CC9F300" w14:textId="77777777" w:rsidR="00931B2B" w:rsidRDefault="00931B2B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A1FB408" w14:textId="77777777" w:rsidR="003210D1" w:rsidRDefault="003210D1">
+    <w:p w14:paraId="3C9C2973" w14:textId="77777777" w:rsidR="00931B2B" w:rsidRDefault="00931B2B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C163444" w14:textId="77777777" w:rsidR="003210D1" w:rsidRDefault="003210D1">
+    <w:p w14:paraId="07DE2F16" w14:textId="77777777" w:rsidR="00931B2B" w:rsidRDefault="00931B2B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BE33B43" w14:textId="77777777" w:rsidR="003210D1" w:rsidRDefault="003210D1">
+    <w:p w14:paraId="19529BB9" w14:textId="77777777" w:rsidR="00931B2B" w:rsidRDefault="00931B2B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5AD998A3" w14:textId="77777777" w:rsidR="00CC25B5" w:rsidRDefault="00CC25B5">
-[...328 lines deleted...]
-  <w:p w14:paraId="05427662" w14:textId="77777777" w:rsidR="00F86282" w:rsidRDefault="00F86282" w:rsidP="00F86282">
+  <w:p w14:paraId="3E293B91" w14:textId="77777777" w:rsidR="00F86282" w:rsidRDefault="00F86282" w:rsidP="00F86282">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="369"/>
       </w:tabs>
       <w:ind w:right="-283"/>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A14D79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="794A9BD4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -4939,152 +5553,151 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="683092343">
+  <w:num w:numId="1" w16cid:durableId="1490248987">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1665207573">
+  <w:num w:numId="2" w16cid:durableId="247884044">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="594947420">
+  <w:num w:numId="3" w16cid:durableId="869609112">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1830831486">
+  <w:num w:numId="4" w16cid:durableId="1131752992">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="669480501">
+  <w:num w:numId="5" w16cid:durableId="1245842202">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="471021073">
+  <w:num w:numId="6" w16cid:durableId="204291560">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1619526597">
+  <w:num w:numId="7" w16cid:durableId="557594715">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1101607315">
+  <w:num w:numId="8" w16cid:durableId="750733988">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="519321960">
+  <w:num w:numId="9" w16cid:durableId="961767635">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="428431392">
+  <w:num w:numId="10" w16cid:durableId="1068500781">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="252015246">
+  <w:num w:numId="11" w16cid:durableId="2113041857">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="2038116478">
+  <w:num w:numId="12" w16cid:durableId="969282683">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="207881523">
+  <w:num w:numId="13" w16cid:durableId="1864173205">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="627513996">
+  <w:num w:numId="14" w16cid:durableId="958416591">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="894386972">
+  <w:num w:numId="15" w16cid:durableId="980233039">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1482386617">
+  <w:num w:numId="16" w16cid:durableId="604383194">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1413233436">
+  <w:num w:numId="17" w16cid:durableId="51196634">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1641693677">
+  <w:num w:numId="18" w16cid:durableId="631983275">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1591429989">
+  <w:num w:numId="19" w16cid:durableId="1963608640">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="566110763">
+  <w:num w:numId="20" w16cid:durableId="779839933">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1951278120">
+  <w:num w:numId="21" w16cid:durableId="862476784">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1327703305">
+  <w:num w:numId="22" w16cid:durableId="226571873">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="16472616">
+  <w:num w:numId="23" w16cid:durableId="2017461738">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="126970407">
+  <w:num w:numId="24" w16cid:durableId="614410971">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="365761532">
+  <w:num w:numId="25" w16cid:durableId="1059131229">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1679502756">
+  <w:num w:numId="26" w16cid:durableId="104885717">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="887181121">
+  <w:num w:numId="27" w16cid:durableId="1306010740">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="972641557">
+  <w:num w:numId="28" w16cid:durableId="829102041">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1175075527">
+  <w:num w:numId="29" w16cid:durableId="91245451">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="580799769">
+  <w:num w:numId="30" w16cid:durableId="1792820838">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1929658130">
+  <w:num w:numId="31" w16cid:durableId="128671853">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -5173,50 +5786,51 @@
     <w:rsid w:val="001014B5"/>
     <w:rsid w:val="001026B0"/>
     <w:rsid w:val="001027C9"/>
     <w:rsid w:val="00103615"/>
     <w:rsid w:val="00103A59"/>
     <w:rsid w:val="001055AE"/>
     <w:rsid w:val="0010704F"/>
     <w:rsid w:val="0010757F"/>
     <w:rsid w:val="001076DF"/>
     <w:rsid w:val="00114A36"/>
     <w:rsid w:val="001160CD"/>
     <w:rsid w:val="00116958"/>
     <w:rsid w:val="00117255"/>
     <w:rsid w:val="0012342C"/>
     <w:rsid w:val="00126C20"/>
     <w:rsid w:val="00131819"/>
     <w:rsid w:val="00131C2F"/>
     <w:rsid w:val="001325B9"/>
     <w:rsid w:val="001371EC"/>
     <w:rsid w:val="0013745F"/>
     <w:rsid w:val="00145F33"/>
     <w:rsid w:val="00151E1D"/>
     <w:rsid w:val="001557D8"/>
     <w:rsid w:val="00160DF3"/>
     <w:rsid w:val="0016208D"/>
+    <w:rsid w:val="001622AF"/>
     <w:rsid w:val="00162ECA"/>
     <w:rsid w:val="001634E0"/>
     <w:rsid w:val="00163C8F"/>
     <w:rsid w:val="0016732C"/>
     <w:rsid w:val="00171592"/>
     <w:rsid w:val="00173528"/>
     <w:rsid w:val="00176D27"/>
     <w:rsid w:val="00176DA0"/>
     <w:rsid w:val="00177D1B"/>
     <w:rsid w:val="001800E5"/>
     <w:rsid w:val="00180505"/>
     <w:rsid w:val="001813D3"/>
     <w:rsid w:val="00183064"/>
     <w:rsid w:val="00190A0F"/>
     <w:rsid w:val="00196A8F"/>
     <w:rsid w:val="0019718F"/>
     <w:rsid w:val="001978F5"/>
     <w:rsid w:val="001A082E"/>
     <w:rsid w:val="001A293B"/>
     <w:rsid w:val="001A31CA"/>
     <w:rsid w:val="001A31CB"/>
     <w:rsid w:val="001A3CB3"/>
     <w:rsid w:val="001A4042"/>
     <w:rsid w:val="001A418F"/>
     <w:rsid w:val="001A42E8"/>
@@ -5325,73 +5939,70 @@
     <w:rsid w:val="002A6053"/>
     <w:rsid w:val="002A652D"/>
     <w:rsid w:val="002A7C54"/>
     <w:rsid w:val="002B07C6"/>
     <w:rsid w:val="002B096D"/>
     <w:rsid w:val="002B1477"/>
     <w:rsid w:val="002B2DDF"/>
     <w:rsid w:val="002B3BBF"/>
     <w:rsid w:val="002B3CCD"/>
     <w:rsid w:val="002B5374"/>
     <w:rsid w:val="002B53DC"/>
     <w:rsid w:val="002B7107"/>
     <w:rsid w:val="002C1837"/>
     <w:rsid w:val="002C1DFC"/>
     <w:rsid w:val="002C2093"/>
     <w:rsid w:val="002C36A9"/>
     <w:rsid w:val="002C5F28"/>
     <w:rsid w:val="002C6A69"/>
     <w:rsid w:val="002C7366"/>
     <w:rsid w:val="002C773C"/>
     <w:rsid w:val="002D4098"/>
     <w:rsid w:val="002D4576"/>
     <w:rsid w:val="002D4CA8"/>
     <w:rsid w:val="002D671E"/>
     <w:rsid w:val="002D6725"/>
-    <w:rsid w:val="002D714D"/>
     <w:rsid w:val="002E069E"/>
     <w:rsid w:val="002E0DCE"/>
     <w:rsid w:val="002E196F"/>
     <w:rsid w:val="002E34EB"/>
     <w:rsid w:val="002E3FF4"/>
     <w:rsid w:val="002E6F4C"/>
     <w:rsid w:val="002F041C"/>
     <w:rsid w:val="002F0600"/>
     <w:rsid w:val="002F24EE"/>
     <w:rsid w:val="002F40A1"/>
     <w:rsid w:val="002F5D77"/>
     <w:rsid w:val="002F7380"/>
     <w:rsid w:val="0030023A"/>
     <w:rsid w:val="00302D58"/>
     <w:rsid w:val="00305DAA"/>
-    <w:rsid w:val="003104B9"/>
     <w:rsid w:val="00311234"/>
     <w:rsid w:val="00313DA5"/>
     <w:rsid w:val="00315515"/>
     <w:rsid w:val="00315A75"/>
     <w:rsid w:val="003200C9"/>
-    <w:rsid w:val="003210D1"/>
     <w:rsid w:val="00322C25"/>
     <w:rsid w:val="003247FF"/>
     <w:rsid w:val="003248A1"/>
     <w:rsid w:val="003255A8"/>
     <w:rsid w:val="00326A81"/>
     <w:rsid w:val="0033203D"/>
     <w:rsid w:val="003327D9"/>
     <w:rsid w:val="00335E35"/>
     <w:rsid w:val="00337AD5"/>
     <w:rsid w:val="00337E93"/>
     <w:rsid w:val="00341D18"/>
     <w:rsid w:val="00342617"/>
     <w:rsid w:val="00342635"/>
     <w:rsid w:val="00344A46"/>
     <w:rsid w:val="00345C06"/>
     <w:rsid w:val="00346224"/>
     <w:rsid w:val="0034630B"/>
     <w:rsid w:val="00347062"/>
     <w:rsid w:val="00347AF2"/>
     <w:rsid w:val="003523BA"/>
     <w:rsid w:val="00354B1B"/>
     <w:rsid w:val="003555FE"/>
     <w:rsid w:val="0035704F"/>
     <w:rsid w:val="00360F83"/>
     <w:rsid w:val="0036197F"/>
@@ -5413,51 +6024,50 @@
     <w:rsid w:val="003A5C04"/>
     <w:rsid w:val="003A6F5F"/>
     <w:rsid w:val="003A6F91"/>
     <w:rsid w:val="003A7D04"/>
     <w:rsid w:val="003B0820"/>
     <w:rsid w:val="003B0F1D"/>
     <w:rsid w:val="003B4747"/>
     <w:rsid w:val="003B485B"/>
     <w:rsid w:val="003B6ACA"/>
     <w:rsid w:val="003B7150"/>
     <w:rsid w:val="003C1366"/>
     <w:rsid w:val="003C6082"/>
     <w:rsid w:val="003C7BCE"/>
     <w:rsid w:val="003D2823"/>
     <w:rsid w:val="003D6229"/>
     <w:rsid w:val="003D6E5D"/>
     <w:rsid w:val="003D7A35"/>
     <w:rsid w:val="003D7E6E"/>
     <w:rsid w:val="003E02A1"/>
     <w:rsid w:val="003E2318"/>
     <w:rsid w:val="003E4969"/>
     <w:rsid w:val="003E59D3"/>
     <w:rsid w:val="003E5E1C"/>
     <w:rsid w:val="003E6A09"/>
     <w:rsid w:val="003E71D5"/>
-    <w:rsid w:val="003F0093"/>
     <w:rsid w:val="003F1655"/>
     <w:rsid w:val="003F55F6"/>
     <w:rsid w:val="003F586D"/>
     <w:rsid w:val="003F5D95"/>
     <w:rsid w:val="0040015C"/>
     <w:rsid w:val="0040200E"/>
     <w:rsid w:val="00402941"/>
     <w:rsid w:val="004031FA"/>
     <w:rsid w:val="004038D5"/>
     <w:rsid w:val="00407095"/>
     <w:rsid w:val="00412003"/>
     <w:rsid w:val="004133E3"/>
     <w:rsid w:val="00416757"/>
     <w:rsid w:val="00420A36"/>
     <w:rsid w:val="00423902"/>
     <w:rsid w:val="0042459F"/>
     <w:rsid w:val="00427FA2"/>
     <w:rsid w:val="00430EC1"/>
     <w:rsid w:val="00431446"/>
     <w:rsid w:val="00431BEC"/>
     <w:rsid w:val="00432C86"/>
     <w:rsid w:val="004367C7"/>
     <w:rsid w:val="00437185"/>
     <w:rsid w:val="0044096A"/>
     <w:rsid w:val="00440B82"/>
@@ -5490,51 +6100,50 @@
     <w:rsid w:val="0048783E"/>
     <w:rsid w:val="00487A02"/>
     <w:rsid w:val="0049193B"/>
     <w:rsid w:val="00491C05"/>
     <w:rsid w:val="00491DF5"/>
     <w:rsid w:val="004941B5"/>
     <w:rsid w:val="0049445D"/>
     <w:rsid w:val="0049455D"/>
     <w:rsid w:val="00495695"/>
     <w:rsid w:val="0049590F"/>
     <w:rsid w:val="00497D18"/>
     <w:rsid w:val="004A1B79"/>
     <w:rsid w:val="004A1E41"/>
     <w:rsid w:val="004A2FF0"/>
     <w:rsid w:val="004A3739"/>
     <w:rsid w:val="004A3946"/>
     <w:rsid w:val="004A39D1"/>
     <w:rsid w:val="004A3F0C"/>
     <w:rsid w:val="004B014E"/>
     <w:rsid w:val="004B086D"/>
     <w:rsid w:val="004B45EA"/>
     <w:rsid w:val="004B49E8"/>
     <w:rsid w:val="004B67DC"/>
     <w:rsid w:val="004B72E1"/>
     <w:rsid w:val="004C0C42"/>
-    <w:rsid w:val="004C0E9E"/>
     <w:rsid w:val="004C3414"/>
     <w:rsid w:val="004D0B3A"/>
     <w:rsid w:val="004D1406"/>
     <w:rsid w:val="004D23EC"/>
     <w:rsid w:val="004D372D"/>
     <w:rsid w:val="004D4625"/>
     <w:rsid w:val="004D4AF0"/>
     <w:rsid w:val="004D568F"/>
     <w:rsid w:val="004D7A3B"/>
     <w:rsid w:val="004E2649"/>
     <w:rsid w:val="004E3D75"/>
     <w:rsid w:val="004E4BD5"/>
     <w:rsid w:val="004E6660"/>
     <w:rsid w:val="004F10F3"/>
     <w:rsid w:val="004F240A"/>
     <w:rsid w:val="004F3530"/>
     <w:rsid w:val="004F4689"/>
     <w:rsid w:val="004F495C"/>
     <w:rsid w:val="004F60BB"/>
     <w:rsid w:val="004F6BFD"/>
     <w:rsid w:val="004F71E2"/>
     <w:rsid w:val="00500052"/>
     <w:rsid w:val="00500680"/>
     <w:rsid w:val="00503450"/>
     <w:rsid w:val="00503C20"/>
@@ -5617,80 +6226,80 @@
     <w:rsid w:val="005D64D5"/>
     <w:rsid w:val="005D73C2"/>
     <w:rsid w:val="005E0885"/>
     <w:rsid w:val="005E0899"/>
     <w:rsid w:val="005E0BCA"/>
     <w:rsid w:val="005E445D"/>
     <w:rsid w:val="005F59C2"/>
     <w:rsid w:val="005F7357"/>
     <w:rsid w:val="005F7C39"/>
     <w:rsid w:val="006006F8"/>
     <w:rsid w:val="00600764"/>
     <w:rsid w:val="00601EEF"/>
     <w:rsid w:val="00602BCE"/>
     <w:rsid w:val="00603196"/>
     <w:rsid w:val="00603517"/>
     <w:rsid w:val="00604068"/>
     <w:rsid w:val="00604D11"/>
     <w:rsid w:val="00605A44"/>
     <w:rsid w:val="0060765D"/>
     <w:rsid w:val="00611C61"/>
     <w:rsid w:val="006129EF"/>
     <w:rsid w:val="00612BD0"/>
     <w:rsid w:val="00613976"/>
     <w:rsid w:val="00615876"/>
     <w:rsid w:val="00615ECF"/>
-    <w:rsid w:val="006170EC"/>
     <w:rsid w:val="00617116"/>
     <w:rsid w:val="00617E39"/>
     <w:rsid w:val="00624D8D"/>
     <w:rsid w:val="006257A7"/>
     <w:rsid w:val="00626E69"/>
     <w:rsid w:val="00627215"/>
     <w:rsid w:val="00627AC7"/>
     <w:rsid w:val="00630ED0"/>
     <w:rsid w:val="006339CA"/>
     <w:rsid w:val="00633D49"/>
     <w:rsid w:val="00633F40"/>
     <w:rsid w:val="00634B36"/>
     <w:rsid w:val="00636083"/>
     <w:rsid w:val="0064057F"/>
     <w:rsid w:val="0064089E"/>
     <w:rsid w:val="00641413"/>
     <w:rsid w:val="006441CF"/>
     <w:rsid w:val="00646180"/>
     <w:rsid w:val="0065057D"/>
     <w:rsid w:val="00651666"/>
     <w:rsid w:val="006516EA"/>
     <w:rsid w:val="00655049"/>
     <w:rsid w:val="00656077"/>
     <w:rsid w:val="006567D2"/>
     <w:rsid w:val="0065771E"/>
     <w:rsid w:val="00660829"/>
     <w:rsid w:val="00661B6F"/>
     <w:rsid w:val="006622CB"/>
     <w:rsid w:val="00662BE1"/>
+    <w:rsid w:val="006646EB"/>
     <w:rsid w:val="00664CB6"/>
     <w:rsid w:val="00664CEE"/>
     <w:rsid w:val="00666146"/>
     <w:rsid w:val="0067285E"/>
     <w:rsid w:val="00673C98"/>
     <w:rsid w:val="00675531"/>
     <w:rsid w:val="00675C47"/>
     <w:rsid w:val="00682394"/>
     <w:rsid w:val="00682460"/>
     <w:rsid w:val="00682F3E"/>
     <w:rsid w:val="00683822"/>
     <w:rsid w:val="00683CE7"/>
     <w:rsid w:val="00683DAA"/>
     <w:rsid w:val="006845D7"/>
     <w:rsid w:val="0068592D"/>
     <w:rsid w:val="00685EC5"/>
     <w:rsid w:val="00686617"/>
     <w:rsid w:val="006870C9"/>
     <w:rsid w:val="00690656"/>
     <w:rsid w:val="00690A93"/>
     <w:rsid w:val="00693163"/>
     <w:rsid w:val="006934BF"/>
     <w:rsid w:val="0069519F"/>
     <w:rsid w:val="0069546B"/>
     <w:rsid w:val="00695B8A"/>
@@ -5701,97 +6310,94 @@
     <w:rsid w:val="006A3C22"/>
     <w:rsid w:val="006A3E30"/>
     <w:rsid w:val="006A47C4"/>
     <w:rsid w:val="006A4B39"/>
     <w:rsid w:val="006A4B8A"/>
     <w:rsid w:val="006A54C0"/>
     <w:rsid w:val="006A7B2B"/>
     <w:rsid w:val="006B190C"/>
     <w:rsid w:val="006B3B72"/>
     <w:rsid w:val="006B3CFD"/>
     <w:rsid w:val="006B3D81"/>
     <w:rsid w:val="006B43D9"/>
     <w:rsid w:val="006B564B"/>
     <w:rsid w:val="006B5A2A"/>
     <w:rsid w:val="006B6FE9"/>
     <w:rsid w:val="006C293A"/>
     <w:rsid w:val="006C6100"/>
     <w:rsid w:val="006C6476"/>
     <w:rsid w:val="006C6B62"/>
     <w:rsid w:val="006C7690"/>
     <w:rsid w:val="006C7B1A"/>
     <w:rsid w:val="006C7C18"/>
     <w:rsid w:val="006D07E5"/>
     <w:rsid w:val="006D226F"/>
     <w:rsid w:val="006D4268"/>
-    <w:rsid w:val="006E1A16"/>
     <w:rsid w:val="006E1E86"/>
     <w:rsid w:val="006E1F89"/>
     <w:rsid w:val="006E24EF"/>
     <w:rsid w:val="006E4A76"/>
     <w:rsid w:val="006E6182"/>
     <w:rsid w:val="006F0EF4"/>
     <w:rsid w:val="006F241C"/>
     <w:rsid w:val="006F330D"/>
     <w:rsid w:val="006F347F"/>
     <w:rsid w:val="006F3784"/>
     <w:rsid w:val="006F6C3C"/>
     <w:rsid w:val="007038F5"/>
     <w:rsid w:val="00706518"/>
     <w:rsid w:val="0070746B"/>
     <w:rsid w:val="00707DDC"/>
     <w:rsid w:val="00714EF2"/>
     <w:rsid w:val="0072200E"/>
     <w:rsid w:val="00722DCB"/>
     <w:rsid w:val="00722FD6"/>
     <w:rsid w:val="0072403F"/>
     <w:rsid w:val="00724644"/>
     <w:rsid w:val="00724C21"/>
     <w:rsid w:val="00727874"/>
     <w:rsid w:val="00731661"/>
     <w:rsid w:val="00731FB7"/>
     <w:rsid w:val="007330C8"/>
     <w:rsid w:val="00733A6D"/>
     <w:rsid w:val="00734BA3"/>
-    <w:rsid w:val="00735A1A"/>
     <w:rsid w:val="0073723A"/>
     <w:rsid w:val="00737269"/>
     <w:rsid w:val="00740101"/>
     <w:rsid w:val="00740354"/>
     <w:rsid w:val="00743F61"/>
     <w:rsid w:val="00744A86"/>
     <w:rsid w:val="00745936"/>
     <w:rsid w:val="00745B46"/>
     <w:rsid w:val="00747DC1"/>
     <w:rsid w:val="0075260A"/>
     <w:rsid w:val="00754EC1"/>
     <w:rsid w:val="00756281"/>
     <w:rsid w:val="007571B0"/>
     <w:rsid w:val="0075743C"/>
     <w:rsid w:val="007615B8"/>
     <w:rsid w:val="00764658"/>
-    <w:rsid w:val="00764E36"/>
     <w:rsid w:val="00765953"/>
     <w:rsid w:val="00767686"/>
     <w:rsid w:val="00774170"/>
     <w:rsid w:val="0077418A"/>
     <w:rsid w:val="00777BBA"/>
     <w:rsid w:val="00784D25"/>
     <w:rsid w:val="00785CFA"/>
     <w:rsid w:val="00786023"/>
     <w:rsid w:val="0078661D"/>
     <w:rsid w:val="00790A08"/>
     <w:rsid w:val="00792698"/>
     <w:rsid w:val="00794DCA"/>
     <w:rsid w:val="00795644"/>
     <w:rsid w:val="007978FD"/>
     <w:rsid w:val="00797D92"/>
     <w:rsid w:val="007A0969"/>
     <w:rsid w:val="007A0A6D"/>
     <w:rsid w:val="007A2C50"/>
     <w:rsid w:val="007A6CD4"/>
     <w:rsid w:val="007B0B9E"/>
     <w:rsid w:val="007B2CAE"/>
     <w:rsid w:val="007B2E69"/>
     <w:rsid w:val="007B5AAE"/>
     <w:rsid w:val="007C1772"/>
     <w:rsid w:val="007C229C"/>
@@ -5842,51 +6448,50 @@
     <w:rsid w:val="00841FE0"/>
     <w:rsid w:val="008429D6"/>
     <w:rsid w:val="00842D2E"/>
     <w:rsid w:val="00844518"/>
     <w:rsid w:val="00844DB6"/>
     <w:rsid w:val="0084750B"/>
     <w:rsid w:val="00851163"/>
     <w:rsid w:val="00851A70"/>
     <w:rsid w:val="0085236F"/>
     <w:rsid w:val="008529B9"/>
     <w:rsid w:val="008529D1"/>
     <w:rsid w:val="0085452B"/>
     <w:rsid w:val="00854757"/>
     <w:rsid w:val="008557D4"/>
     <w:rsid w:val="00861D65"/>
     <w:rsid w:val="008622F3"/>
     <w:rsid w:val="00862422"/>
     <w:rsid w:val="00864438"/>
     <w:rsid w:val="00865647"/>
     <w:rsid w:val="00874509"/>
     <w:rsid w:val="00875BFA"/>
     <w:rsid w:val="00876D80"/>
     <w:rsid w:val="00876F9C"/>
     <w:rsid w:val="0088172D"/>
     <w:rsid w:val="00881E65"/>
-    <w:rsid w:val="00884108"/>
     <w:rsid w:val="008862D6"/>
     <w:rsid w:val="00886426"/>
     <w:rsid w:val="00886ED0"/>
     <w:rsid w:val="008871E7"/>
     <w:rsid w:val="00890A7C"/>
     <w:rsid w:val="00891554"/>
     <w:rsid w:val="008A0217"/>
     <w:rsid w:val="008A1617"/>
     <w:rsid w:val="008A2939"/>
     <w:rsid w:val="008A2CF7"/>
     <w:rsid w:val="008A4199"/>
     <w:rsid w:val="008A5D70"/>
     <w:rsid w:val="008A63A5"/>
     <w:rsid w:val="008B25F6"/>
     <w:rsid w:val="008B2D2F"/>
     <w:rsid w:val="008B3C24"/>
     <w:rsid w:val="008B6131"/>
     <w:rsid w:val="008B6A96"/>
     <w:rsid w:val="008C2259"/>
     <w:rsid w:val="008C22F0"/>
     <w:rsid w:val="008C2BFE"/>
     <w:rsid w:val="008C2F9B"/>
     <w:rsid w:val="008C43CE"/>
     <w:rsid w:val="008C72F1"/>
     <w:rsid w:val="008D07AD"/>
@@ -5908,98 +6513,97 @@
     <w:rsid w:val="008F778C"/>
     <w:rsid w:val="008F786A"/>
     <w:rsid w:val="0090058A"/>
     <w:rsid w:val="0090197C"/>
     <w:rsid w:val="0090249B"/>
     <w:rsid w:val="009027F4"/>
     <w:rsid w:val="009043EC"/>
     <w:rsid w:val="009062A7"/>
     <w:rsid w:val="00906D70"/>
     <w:rsid w:val="00907ABF"/>
     <w:rsid w:val="00910419"/>
     <w:rsid w:val="009123EA"/>
     <w:rsid w:val="00912474"/>
     <w:rsid w:val="00914DCB"/>
     <w:rsid w:val="00916195"/>
     <w:rsid w:val="0092000E"/>
     <w:rsid w:val="00921B9A"/>
     <w:rsid w:val="00923655"/>
     <w:rsid w:val="00924681"/>
     <w:rsid w:val="00925421"/>
     <w:rsid w:val="00925F9E"/>
     <w:rsid w:val="009267C6"/>
     <w:rsid w:val="009276CC"/>
     <w:rsid w:val="00927AE2"/>
     <w:rsid w:val="00927C56"/>
+    <w:rsid w:val="00931B2B"/>
     <w:rsid w:val="00934047"/>
     <w:rsid w:val="009362F5"/>
     <w:rsid w:val="009406DD"/>
     <w:rsid w:val="00942E50"/>
     <w:rsid w:val="009440E9"/>
     <w:rsid w:val="009442E3"/>
     <w:rsid w:val="00945EA5"/>
     <w:rsid w:val="00946AAB"/>
     <w:rsid w:val="009537E3"/>
     <w:rsid w:val="00955D1F"/>
     <w:rsid w:val="009565A1"/>
-    <w:rsid w:val="00956881"/>
     <w:rsid w:val="00956E64"/>
     <w:rsid w:val="00961172"/>
     <w:rsid w:val="00961E9F"/>
     <w:rsid w:val="00964C99"/>
     <w:rsid w:val="009651B0"/>
     <w:rsid w:val="0096720D"/>
     <w:rsid w:val="00970FC1"/>
     <w:rsid w:val="00971BDB"/>
     <w:rsid w:val="00971C67"/>
     <w:rsid w:val="00973E43"/>
     <w:rsid w:val="00974408"/>
     <w:rsid w:val="009805FC"/>
     <w:rsid w:val="0098073E"/>
     <w:rsid w:val="00983280"/>
     <w:rsid w:val="00983863"/>
     <w:rsid w:val="00985381"/>
     <w:rsid w:val="009913D2"/>
     <w:rsid w:val="00991A42"/>
     <w:rsid w:val="00991E2A"/>
     <w:rsid w:val="00992E98"/>
     <w:rsid w:val="00993185"/>
     <w:rsid w:val="00994805"/>
     <w:rsid w:val="009950D0"/>
     <w:rsid w:val="009967AC"/>
     <w:rsid w:val="00996C23"/>
     <w:rsid w:val="009A52D5"/>
     <w:rsid w:val="009A5375"/>
     <w:rsid w:val="009A5AB5"/>
     <w:rsid w:val="009A7645"/>
     <w:rsid w:val="009B1543"/>
     <w:rsid w:val="009B2199"/>
     <w:rsid w:val="009B31BD"/>
     <w:rsid w:val="009B63D4"/>
     <w:rsid w:val="009B65EC"/>
     <w:rsid w:val="009C1408"/>
-    <w:rsid w:val="009C2900"/>
     <w:rsid w:val="009C2C4A"/>
     <w:rsid w:val="009C2D53"/>
     <w:rsid w:val="009C3FA2"/>
     <w:rsid w:val="009C4BAA"/>
     <w:rsid w:val="009C4C02"/>
     <w:rsid w:val="009C50F1"/>
     <w:rsid w:val="009C55FE"/>
     <w:rsid w:val="009C5CAC"/>
     <w:rsid w:val="009D25C1"/>
     <w:rsid w:val="009D4ACD"/>
     <w:rsid w:val="009D4C5A"/>
     <w:rsid w:val="009D7302"/>
     <w:rsid w:val="009E0885"/>
     <w:rsid w:val="009E2496"/>
     <w:rsid w:val="009E2C0E"/>
     <w:rsid w:val="009E535A"/>
     <w:rsid w:val="009E5CF8"/>
     <w:rsid w:val="009E60BB"/>
     <w:rsid w:val="009E6E70"/>
     <w:rsid w:val="009E7036"/>
     <w:rsid w:val="009F5A01"/>
     <w:rsid w:val="009F7FC7"/>
     <w:rsid w:val="00A01521"/>
     <w:rsid w:val="00A020BE"/>
     <w:rsid w:val="00A0323E"/>
@@ -6036,51 +6640,50 @@
     <w:rsid w:val="00A65510"/>
     <w:rsid w:val="00A66C01"/>
     <w:rsid w:val="00A66E55"/>
     <w:rsid w:val="00A705F4"/>
     <w:rsid w:val="00A73476"/>
     <w:rsid w:val="00A73533"/>
     <w:rsid w:val="00A77CE1"/>
     <w:rsid w:val="00A80628"/>
     <w:rsid w:val="00A8090A"/>
     <w:rsid w:val="00A81207"/>
     <w:rsid w:val="00A82768"/>
     <w:rsid w:val="00A84613"/>
     <w:rsid w:val="00A8524A"/>
     <w:rsid w:val="00A85C14"/>
     <w:rsid w:val="00A908D5"/>
     <w:rsid w:val="00A91C1F"/>
     <w:rsid w:val="00A92B70"/>
     <w:rsid w:val="00A9373B"/>
     <w:rsid w:val="00A959C9"/>
     <w:rsid w:val="00A965B0"/>
     <w:rsid w:val="00A96633"/>
     <w:rsid w:val="00A97158"/>
     <w:rsid w:val="00A97756"/>
     <w:rsid w:val="00A97923"/>
     <w:rsid w:val="00A97981"/>
-    <w:rsid w:val="00AA058D"/>
     <w:rsid w:val="00AA138A"/>
     <w:rsid w:val="00AA1420"/>
     <w:rsid w:val="00AA3F2B"/>
     <w:rsid w:val="00AA4CC4"/>
     <w:rsid w:val="00AA6833"/>
     <w:rsid w:val="00AB0A5C"/>
     <w:rsid w:val="00AB1603"/>
     <w:rsid w:val="00AB1889"/>
     <w:rsid w:val="00AB217B"/>
     <w:rsid w:val="00AB2DA4"/>
     <w:rsid w:val="00AB4524"/>
     <w:rsid w:val="00AB4C79"/>
     <w:rsid w:val="00AB5CF0"/>
     <w:rsid w:val="00AC1869"/>
     <w:rsid w:val="00AC412F"/>
     <w:rsid w:val="00AC5E7B"/>
     <w:rsid w:val="00AC5FDB"/>
     <w:rsid w:val="00AD0FE2"/>
     <w:rsid w:val="00AD1C88"/>
     <w:rsid w:val="00AD200F"/>
     <w:rsid w:val="00AD201E"/>
     <w:rsid w:val="00AE2E1D"/>
     <w:rsid w:val="00AE31C4"/>
     <w:rsid w:val="00AE4895"/>
     <w:rsid w:val="00AE6F06"/>
@@ -6096,51 +6699,50 @@
     <w:rsid w:val="00B14036"/>
     <w:rsid w:val="00B1790D"/>
     <w:rsid w:val="00B20B2C"/>
     <w:rsid w:val="00B21EF3"/>
     <w:rsid w:val="00B22502"/>
     <w:rsid w:val="00B22968"/>
     <w:rsid w:val="00B31263"/>
     <w:rsid w:val="00B328CF"/>
     <w:rsid w:val="00B350F0"/>
     <w:rsid w:val="00B35AE9"/>
     <w:rsid w:val="00B43AD9"/>
     <w:rsid w:val="00B459D1"/>
     <w:rsid w:val="00B45DD7"/>
     <w:rsid w:val="00B46E4B"/>
     <w:rsid w:val="00B55CE2"/>
     <w:rsid w:val="00B55F8C"/>
     <w:rsid w:val="00B56293"/>
     <w:rsid w:val="00B6286A"/>
     <w:rsid w:val="00B630F2"/>
     <w:rsid w:val="00B63B8D"/>
     <w:rsid w:val="00B6657E"/>
     <w:rsid w:val="00B717EE"/>
     <w:rsid w:val="00B71CF5"/>
     <w:rsid w:val="00B71EFB"/>
     <w:rsid w:val="00B72BB0"/>
-    <w:rsid w:val="00B73FB8"/>
     <w:rsid w:val="00B74881"/>
     <w:rsid w:val="00B748FB"/>
     <w:rsid w:val="00B74E55"/>
     <w:rsid w:val="00B759EC"/>
     <w:rsid w:val="00B76200"/>
     <w:rsid w:val="00B76BC1"/>
     <w:rsid w:val="00B76C16"/>
     <w:rsid w:val="00B8319C"/>
     <w:rsid w:val="00B851B0"/>
     <w:rsid w:val="00B866AA"/>
     <w:rsid w:val="00B86AE8"/>
     <w:rsid w:val="00B873B8"/>
     <w:rsid w:val="00B8755E"/>
     <w:rsid w:val="00B8758B"/>
     <w:rsid w:val="00B909A2"/>
     <w:rsid w:val="00B90AB2"/>
     <w:rsid w:val="00B91415"/>
     <w:rsid w:val="00B927C1"/>
     <w:rsid w:val="00B949AE"/>
     <w:rsid w:val="00B94CB8"/>
     <w:rsid w:val="00B94D25"/>
     <w:rsid w:val="00B96753"/>
     <w:rsid w:val="00B976C8"/>
     <w:rsid w:val="00B97FE2"/>
     <w:rsid w:val="00BA2C51"/>
@@ -6178,101 +6780,98 @@
     <w:rsid w:val="00BF4224"/>
     <w:rsid w:val="00BF4283"/>
     <w:rsid w:val="00BF765C"/>
     <w:rsid w:val="00BF79D1"/>
     <w:rsid w:val="00C01D80"/>
     <w:rsid w:val="00C01DA7"/>
     <w:rsid w:val="00C02280"/>
     <w:rsid w:val="00C033C7"/>
     <w:rsid w:val="00C070BB"/>
     <w:rsid w:val="00C10661"/>
     <w:rsid w:val="00C10AEC"/>
     <w:rsid w:val="00C11583"/>
     <w:rsid w:val="00C11C42"/>
     <w:rsid w:val="00C123DF"/>
     <w:rsid w:val="00C123E9"/>
     <w:rsid w:val="00C12A36"/>
     <w:rsid w:val="00C12EAE"/>
     <w:rsid w:val="00C13E57"/>
     <w:rsid w:val="00C1488D"/>
     <w:rsid w:val="00C162C0"/>
     <w:rsid w:val="00C1643E"/>
     <w:rsid w:val="00C168FA"/>
     <w:rsid w:val="00C178FB"/>
     <w:rsid w:val="00C2647D"/>
     <w:rsid w:val="00C2686B"/>
+    <w:rsid w:val="00C32168"/>
     <w:rsid w:val="00C32541"/>
     <w:rsid w:val="00C32DEA"/>
     <w:rsid w:val="00C33FF7"/>
-    <w:rsid w:val="00C34427"/>
     <w:rsid w:val="00C34DF9"/>
     <w:rsid w:val="00C3503E"/>
     <w:rsid w:val="00C36415"/>
     <w:rsid w:val="00C364D4"/>
     <w:rsid w:val="00C36D1B"/>
     <w:rsid w:val="00C470CE"/>
     <w:rsid w:val="00C477F1"/>
     <w:rsid w:val="00C506A4"/>
     <w:rsid w:val="00C5150A"/>
     <w:rsid w:val="00C52BF1"/>
     <w:rsid w:val="00C56674"/>
-    <w:rsid w:val="00C62FA9"/>
     <w:rsid w:val="00C63BEB"/>
     <w:rsid w:val="00C649E8"/>
     <w:rsid w:val="00C64DFB"/>
     <w:rsid w:val="00C74C7A"/>
     <w:rsid w:val="00C76E77"/>
     <w:rsid w:val="00C7771A"/>
     <w:rsid w:val="00C777E9"/>
     <w:rsid w:val="00C80518"/>
     <w:rsid w:val="00C806D1"/>
     <w:rsid w:val="00C815F9"/>
     <w:rsid w:val="00C81EB1"/>
     <w:rsid w:val="00C828A0"/>
     <w:rsid w:val="00C87602"/>
     <w:rsid w:val="00C9266D"/>
     <w:rsid w:val="00C9435F"/>
     <w:rsid w:val="00C94B2D"/>
     <w:rsid w:val="00C97B7D"/>
-    <w:rsid w:val="00CA1836"/>
     <w:rsid w:val="00CA29F0"/>
     <w:rsid w:val="00CA33C7"/>
     <w:rsid w:val="00CA4D10"/>
     <w:rsid w:val="00CA5F65"/>
     <w:rsid w:val="00CA6D30"/>
     <w:rsid w:val="00CA780B"/>
     <w:rsid w:val="00CB1589"/>
     <w:rsid w:val="00CB18EA"/>
     <w:rsid w:val="00CB4AF3"/>
     <w:rsid w:val="00CB665A"/>
     <w:rsid w:val="00CB693B"/>
     <w:rsid w:val="00CB6C81"/>
     <w:rsid w:val="00CB7B7D"/>
     <w:rsid w:val="00CC0165"/>
     <w:rsid w:val="00CC1507"/>
     <w:rsid w:val="00CC1EF0"/>
-    <w:rsid w:val="00CC25B5"/>
     <w:rsid w:val="00CC26C8"/>
     <w:rsid w:val="00CC2EBE"/>
     <w:rsid w:val="00CC4D8D"/>
     <w:rsid w:val="00CC51C0"/>
     <w:rsid w:val="00CC6F77"/>
     <w:rsid w:val="00CC7E92"/>
     <w:rsid w:val="00CD1D36"/>
     <w:rsid w:val="00CD2129"/>
     <w:rsid w:val="00CD4151"/>
     <w:rsid w:val="00CD5745"/>
     <w:rsid w:val="00CD5C67"/>
     <w:rsid w:val="00CD73B8"/>
     <w:rsid w:val="00CD78A3"/>
     <w:rsid w:val="00CD78AD"/>
     <w:rsid w:val="00CE143C"/>
     <w:rsid w:val="00CE39A3"/>
     <w:rsid w:val="00CE47FB"/>
     <w:rsid w:val="00CF26C8"/>
     <w:rsid w:val="00CF3E1A"/>
     <w:rsid w:val="00CF52D6"/>
     <w:rsid w:val="00CF7251"/>
     <w:rsid w:val="00D03FF2"/>
     <w:rsid w:val="00D042C7"/>
     <w:rsid w:val="00D04803"/>
     <w:rsid w:val="00D049B1"/>
@@ -6396,51 +6995,50 @@
     <w:rsid w:val="00E36AED"/>
     <w:rsid w:val="00E371E7"/>
     <w:rsid w:val="00E37552"/>
     <w:rsid w:val="00E375EB"/>
     <w:rsid w:val="00E37A26"/>
     <w:rsid w:val="00E37BBA"/>
     <w:rsid w:val="00E4167C"/>
     <w:rsid w:val="00E42F7A"/>
     <w:rsid w:val="00E439D1"/>
     <w:rsid w:val="00E4747A"/>
     <w:rsid w:val="00E47E3E"/>
     <w:rsid w:val="00E511E6"/>
     <w:rsid w:val="00E5239F"/>
     <w:rsid w:val="00E57D08"/>
     <w:rsid w:val="00E615F0"/>
     <w:rsid w:val="00E61CAE"/>
     <w:rsid w:val="00E63A5C"/>
     <w:rsid w:val="00E648B2"/>
     <w:rsid w:val="00E65766"/>
     <w:rsid w:val="00E66891"/>
     <w:rsid w:val="00E7061F"/>
     <w:rsid w:val="00E70C45"/>
     <w:rsid w:val="00E72065"/>
     <w:rsid w:val="00E75388"/>
     <w:rsid w:val="00E75390"/>
-    <w:rsid w:val="00E772F4"/>
     <w:rsid w:val="00E81190"/>
     <w:rsid w:val="00E828DD"/>
     <w:rsid w:val="00E83EF0"/>
     <w:rsid w:val="00E847F6"/>
     <w:rsid w:val="00E85F3C"/>
     <w:rsid w:val="00E86356"/>
     <w:rsid w:val="00E866D0"/>
     <w:rsid w:val="00E87CCD"/>
     <w:rsid w:val="00E87F2E"/>
     <w:rsid w:val="00E90511"/>
     <w:rsid w:val="00E919BB"/>
     <w:rsid w:val="00E91D95"/>
     <w:rsid w:val="00E93313"/>
     <w:rsid w:val="00E93CE2"/>
     <w:rsid w:val="00E95FEE"/>
     <w:rsid w:val="00E963BE"/>
     <w:rsid w:val="00E974A9"/>
     <w:rsid w:val="00EA221D"/>
     <w:rsid w:val="00EA2772"/>
     <w:rsid w:val="00EA2920"/>
     <w:rsid w:val="00EA43CB"/>
     <w:rsid w:val="00EA543B"/>
     <w:rsid w:val="00EB026C"/>
     <w:rsid w:val="00EB1FBC"/>
     <w:rsid w:val="00EB38D4"/>
@@ -6451,51 +7049,50 @@
     <w:rsid w:val="00EB55A7"/>
     <w:rsid w:val="00EB7146"/>
     <w:rsid w:val="00EC1146"/>
     <w:rsid w:val="00EC1DD4"/>
     <w:rsid w:val="00EC1E6B"/>
     <w:rsid w:val="00EC1EC3"/>
     <w:rsid w:val="00EC34C9"/>
     <w:rsid w:val="00EC5BC0"/>
     <w:rsid w:val="00EC6321"/>
     <w:rsid w:val="00EC7BAA"/>
     <w:rsid w:val="00ED19FA"/>
     <w:rsid w:val="00ED4C7A"/>
     <w:rsid w:val="00ED5E3E"/>
     <w:rsid w:val="00EE26CB"/>
     <w:rsid w:val="00EE2A72"/>
     <w:rsid w:val="00EE2DC8"/>
     <w:rsid w:val="00EE3121"/>
     <w:rsid w:val="00EE3382"/>
     <w:rsid w:val="00EE51D5"/>
     <w:rsid w:val="00EE633C"/>
     <w:rsid w:val="00EE6C11"/>
     <w:rsid w:val="00EF02E2"/>
     <w:rsid w:val="00EF03C3"/>
     <w:rsid w:val="00EF363F"/>
     <w:rsid w:val="00EF5372"/>
-    <w:rsid w:val="00EF6395"/>
     <w:rsid w:val="00F000ED"/>
     <w:rsid w:val="00F00CA5"/>
     <w:rsid w:val="00F0281C"/>
     <w:rsid w:val="00F05410"/>
     <w:rsid w:val="00F054C8"/>
     <w:rsid w:val="00F05C1E"/>
     <w:rsid w:val="00F063A5"/>
     <w:rsid w:val="00F06580"/>
     <w:rsid w:val="00F0673A"/>
     <w:rsid w:val="00F07503"/>
     <w:rsid w:val="00F11542"/>
     <w:rsid w:val="00F11834"/>
     <w:rsid w:val="00F126CB"/>
     <w:rsid w:val="00F128D7"/>
     <w:rsid w:val="00F135A9"/>
     <w:rsid w:val="00F13A0E"/>
     <w:rsid w:val="00F14ADE"/>
     <w:rsid w:val="00F16BE5"/>
     <w:rsid w:val="00F173B2"/>
     <w:rsid w:val="00F213A7"/>
     <w:rsid w:val="00F21FBA"/>
     <w:rsid w:val="00F31F31"/>
     <w:rsid w:val="00F32523"/>
     <w:rsid w:val="00F340F1"/>
     <w:rsid w:val="00F36DD0"/>
@@ -6571,128 +7168,84 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6084B574"/>
+  <w14:docId w14:val="105DC42F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2AE0AC8B-B85F-490D-9C06-879EDC4A3BFA}"/>
+  <w15:docId w15:val="{D371EE7A-9D78-4132-AE91-D4B0DABB1E65}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...42 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -6903,73 +7456,68 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00774170"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="005A29DC"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005A29DC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005A29DC"/>
     <w:pPr>
@@ -7085,50 +7633,85 @@
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00D72BBB"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00D72BBB"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C32168"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
+    <w:rsid w:val="00C32168"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="117532417">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="167409924">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -7466,61 +8049,56 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2035499514">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
+  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascasarjanaunand@yahoo.co.id" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pasca.unand.ac.id" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7783,121 +8361,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A115E7BC-54DB-4181-99FB-E98ACF0A4083}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{659BD589-7591-4583-8EDF-ECB228C48D96}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1432</Characters>
+  <Pages>2</Pages>
+  <Words>599</Words>
+  <Characters>3415</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nomor</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pps</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1680</CharactersWithSpaces>
+  <CharactersWithSpaces>4006</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...38 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nomor</dc:title>
   <dc:subject/>
   <dc:creator>windows xp</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>